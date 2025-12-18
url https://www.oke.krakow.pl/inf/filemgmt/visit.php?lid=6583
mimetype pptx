--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1,104 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId19"/>
+    <p:notesMasterId r:id="rId21"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="467" r:id="rId2"/>
     <p:sldId id="468" r:id="rId3"/>
     <p:sldId id="469" r:id="rId4"/>
     <p:sldId id="470" r:id="rId5"/>
     <p:sldId id="471" r:id="rId6"/>
     <p:sldId id="472" r:id="rId7"/>
     <p:sldId id="473" r:id="rId8"/>
     <p:sldId id="475" r:id="rId9"/>
     <p:sldId id="477" r:id="rId10"/>
     <p:sldId id="478" r:id="rId11"/>
     <p:sldId id="501" r:id="rId12"/>
     <p:sldId id="479" r:id="rId13"/>
     <p:sldId id="481" r:id="rId14"/>
     <p:sldId id="500" r:id="rId15"/>
     <p:sldId id="502" r:id="rId16"/>
     <p:sldId id="503" r:id="rId17"/>
     <p:sldId id="504" r:id="rId18"/>
+    <p:sldId id="505" r:id="rId19"/>
+    <p:sldId id="506" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -907,85 +912,85 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15662" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="85" d="100"/>
-          <a:sy n="85" d="100"/>
+          <a:sx n="115" d="100"/>
+          <a:sy n="115" d="100"/>
         </p:scale>
-        <p:origin x="562" y="67"/>
+        <p:origin x="379" y="67"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="74" d="100"/>
         <a:sy n="74" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1031,51 +1036,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884614" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BC713D8A-C425-4BAA-AEAD-1B3095D7BB81}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
-              <a:t>05.05.2025</a:t>
+              <a:t>01.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy obrazu slajdu 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1750,51 +1755,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6612E754-CC83-44BD-8589-9250A5149A7D}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1973,51 +1978,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4EC26623-486B-4C28-9BC1-22C2C3A9A027}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2296,51 +2301,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BDFA013C-9B55-42B5-B08C-87C7412E4DE9}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2568,51 +2573,51 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F54D2868-2658-4884-9030-650847209FFA}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2806,51 +2811,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{01622EBC-5E1D-469D-9054-9B404E04BFAF}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3075,51 +3080,51 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7678737" y="5883275"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4B6A824C-58D2-4F1B-8079-0EF534633606}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>5/5/2025</a:t>
+              <a:t>12/1/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913774" y="5883275"/>
             <a:ext cx="6672887" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3989,50 +3994,58 @@
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4074,83 +4087,83 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Szkolenie PZN</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="3600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>część pisemna przy „komputerze”</a:t>
+              <a:t>część pisemna</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Podtytuł 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3939386"/>
             <a:ext cx="9144000" cy="1032933"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>2025 r.</a:t>
+              <a:t>2026 r.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy numeru slajdu 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11428413" y="6492875"/>
             <a:ext cx="763587" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
@@ -4277,147 +4290,168 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB9CF778-702D-4F20-88B2-6AD288232E21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="665018" y="1671980"/>
             <a:ext cx="10889673" cy="4016484"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Czas trwania części pisemnej danego zdającego rozpoczyna się z chwilą rozpoczęcia przez tego zdającego rozwiązywania zadań egzaminacyjnych i jest rejestrowany </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>w systemie indywidualnie dla każdego zdającego.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>W czasie trwania części pisemnej egzaminu zawodowego zdający:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="just">
+            <a:pPr marL="720000" indent="-360000" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>pracuje przy indywidualnym stanowisku egzaminacyjnym wspomaganym elektronicznie,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="just">
+            <a:pPr marL="720000" indent="-360000" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>jest na bieżąco informowany o godzinie zakończenia części pisemnej egzaminu zawodowego oraz o czasie, jaki mu pozostał do zakończenia egzaminu,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="just">
+            <a:pPr marL="720000" indent="-360000" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>nie powinien opuszczać sali egzaminacyjnej.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566404198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -4444,111 +4478,123 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CFFADFE-3BCB-4B5B-A2D1-083B0685A17F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="3200" dirty="0"/>
               <a:t>Opuszczanie Sali w czasie egzaminu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E5A3B1E-33FC-4376-95BC-5B6C619436A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913775" y="1498874"/>
-            <a:ext cx="10363826" cy="3424107"/>
+            <a:ext cx="10363826" cy="4994001"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
-              <a:buNone/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>W szczególnie uzasadnionych przypadkach przewodniczący ZN może zezwolić zdającemu na opuszczenie sali egzaminacyjnej po zapewnieniu warunków wykluczających możliwość kontaktowania się zdającego z innymi osobami, </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>z wyjątkiem osób udzielających pomocy medycznej.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
-              <a:buNone/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>W przypadku udzielenia zdającemu zgody na opuszczenie sali egzaminacyjnej  operator rejestruje w elektronicznym systemie przeprowadzania egzaminu zawodowego godzinę wyjścia zdającego oraz godzinę jego powrotu do sali egzaminacyjnej. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
-              <a:buNone/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Czas trwania części pisemnej egzaminu zawodowego tego zdającego zostaje przedłużony o czas, jaki przebywał poza salą egzaminacyjną.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy numeru slajdu 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E38A54FD-63AC-44B3-BB77-7AFB7CA6B818}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -4583,308 +4629,299 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="908880" y="144614"/>
+            <a:ext cx="10364451" cy="784398"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="3200" dirty="0"/>
               <a:t>Podczas egzaminu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{589B7C76-EFF2-4CD8-A475-4750F11B4BC6}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="710648" y="929012"/>
+            <a:off x="710648" y="740754"/>
             <a:ext cx="10760916" cy="3522915"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zdający powinni:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>pracować samodzielnie przestrzegając przepisów bhp,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>korzystać wyłącznie z materiałów, przyborów znajdujących się na stanowisku egzaminacyjnym,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>nie porozumiewać się między sobą,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>przez podniesienie ręki zgłaszać np. zakończenie egzaminu, problemy ze sprzętem.</a:t>
             </a:r>
-          </a:p>
-[...32 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="pole tekstowe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2013267-C1D8-4D74-9E01-A5D090C1FE6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="710648" y="4602013"/>
-            <a:ext cx="10567578" cy="2246769"/>
+            <a:off x="705753" y="4024365"/>
+            <a:ext cx="10567578" cy="2092881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcAft>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>W przypadku zgłoszenia przez zdającego wcześniejszego zakończenia egzaminu PZN:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="720000" indent="-360000">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>sprawdza na komputerze zdającego, czy zakończył on egzamin w systemie, </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="720000" indent="-360000">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>zezwala zdającemu na opuszczenie sali,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="720000" indent="-360000">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>poleca operatorowi pracowni informatycznej zakończyć egzamin dla tego zdającego.</a:t>
+              <a:t>poleca operatorowi egzaminu zakończyć egzamin dla tego zdającego.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3451211594"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -4957,182 +4994,201 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="913775" y="824779"/>
             <a:ext cx="11083636" cy="6033221"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>W przypadku, gdy zdający podczas części pisemnej:‎</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="542925" indent="-277813"/>
+            <a:pPr marL="542925" indent="-277813">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>niesamodzielnie wykonuje zadanie egzaminacyjne (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>art.44zzzp pkt.1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>)</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="542925" lvl="2" indent="-271463" algn="just">
+              <a:t>),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="2" indent="-288000" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>wniósł lub korzysta w sali/miejscu egzaminu z urządzeń telekomunikacyjnych‎‎ lub materiałów </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>i przyborów niewymienionych w informacji dyrektora CKE (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>art.44zzzp pkt.2</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>)</a:t>
+              <a:t>),</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="542925" lvl="2" indent="-271463">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>zakłóca prawidłowy ‎przebieg egzaminu w sposób utrudniający pracę pozostałym zdającym, </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>w szczególności, gdy narusza przepisy bezpieczeństwa i higieny ‎pracy w sposób prowadzący do zagrożenia zdrowia lub życia (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>art.44zzzp pkt.3</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="92075" indent="0" algn="just">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>przewodniczący ZN </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2300" dirty="0"/>
               <a:t>kontaktuje się z PZE, który przerywa zdającemu egzamin </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2300" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2300" dirty="0"/>
               <a:t>i unieważnia jego część pisemną</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="357188" indent="-265113">
+            <a:pPr marL="540000" indent="-288000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>poleca operatorowi unieważnienie egzaminu zdającego, a zdającemu opuszczenie sali/miejsca egzaminu</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="357188" indent="-265113">
+              <a:t>poleca operatorowi unieważnienie egzaminu zdającego, a zdającemu opuszczenie sali/miejsca egzaminu,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" indent="-288000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>wypełnia druk Decyzja o przerwaniu i unieważnieniu …, </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="357188" indent="-265113">
+            <a:pPr marL="540000" indent="-288000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>odnotowuje ten fakt w wykazie zdających</a:t>
+              <a:t>odnotowuje ten fakt w wykazie zdających.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1946333733"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -5264,62 +5320,52 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="671390" y="38604"/>
             <a:ext cx="10364451" cy="784398"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t> w Wykazie zdających w sali</a:t>
+              <a:t>Informacje w Wykazie zdających w sali</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy numeru slajdu 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11081111" y="6492875"/>
             <a:ext cx="764215" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{589B7C76-EFF2-4CD8-A475-4750F11B4BC6}" type="slidenum">
@@ -6730,103 +6776,137 @@
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zakończenie egzaminu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7849A526-43D1-4892-8C5C-A60795764517}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="692102" y="1415747"/>
-            <a:ext cx="10363826" cy="3424107"/>
+            <a:off x="692102" y="1415748"/>
+            <a:ext cx="10363826" cy="2842488"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>Przewodniczący ZN ogłasza zakończenie egzaminu, po uzyskaniu od operatora informacji o zakończeniu egzaminu dla wszystkich zdających.</a:t>
-[...3 lines deleted...]
-            <a:pPr algn="just"/>
+              <a:t>Przewodniczący ZN ogłasza zakończenie egzaminu, po uzyskaniu od operatora egzaminu informacji o zakończeniu egzaminu dla wszystkich zdających.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Zdający pozostają na swoich miejscach, dopóki członkowie ZN nie zezwolą im na opuszczenie sali. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>PZN w obecności członków ZN i wyłonionego spośród zdających co najmniej jednego przedstawiciela:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr marL="900000" lvl="1" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>nadzoruje nagrywanie i sprawdzanie jakości zapisu przez operatora na nośnik plików z wynikami zdających oraz nośnika z zarchiwizowanym Wirtualnym Serwerem Egzaminacyjnym, </a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1" algn="just"/>
+              <a:t>nadzoruje nagrywanie i sprawdzanie jakości zapisu przez operatora na nośnik plików z wynikami zdających oraz płyty DVD z zarchiwizowanym Wirtualnym Serwerem Egzaminacyjnym, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" lvl="1" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>odbiera od operatora egzaminu zapisane nośniki, </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr marL="900000" lvl="1" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>opisuje płytę DVD (lub inny nośnik) oznaczeniem kwalifikacji, datą, godziną egzaminu i numerem sali egzaminacyjnej,</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1" algn="just"/>
+              <a:t>opisuje płytę DVD oznaczeniem kwalifikacji, datą, godziną egzaminu i numerem sali egzaminacyjnej,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" lvl="1" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>niezwłocznie przekazuje przewodniczącemu ZE nośnik USB z zaszyfrowanym plikiem z pełnymi wynikami egzaminu w formie elektronicznej.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy numeru slajdu 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D44B007E-C1D5-4B2D-8F7F-E6FC00E52779}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -6906,86 +6986,110 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7849A526-43D1-4892-8C5C-A60795764517}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="692102" y="1415747"/>
             <a:ext cx="10363826" cy="3534944"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>PZN sporządza protokół przebiegu części pisemnej egzaminu zawodowego </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>w danej sali egzaminacyjnej wypełniając otrzymany od przewodniczącego ZE formularz (Załącznik 6). </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Protokół podpisują osoby wchodzące w skład zespołu nadzorującego. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Do protokołu dołącza się wykaz zdających egzamin w danym dniu i godzinie </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>w danej sali egzaminacyjnej.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Protokół wraz z wykazem zdających PZN przekazuje PZE.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy numeru slajdu 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D44B007E-C1D5-4B2D-8F7F-E6FC00E52779}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -7028,56 +7132,56 @@
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CE3C1CF-5CDB-4877-A3A4-8C2BEC5AD4A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="689657" y="907846"/>
-            <a:ext cx="10364451" cy="784398"/>
+            <a:ext cx="11018249" cy="784398"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sprawdzenie liczby poprawnie udzielonych odpowiedzi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy numeru slajdu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{793ECD6B-3DB1-4077-A71E-73F30BA17070}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
@@ -7101,60 +7205,62 @@
           <p:cNvPr id="3" name="Prostokąt 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78F08E83-6F8F-4FBA-BF4C-B8F17CF7B6C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="484094" y="1891552"/>
             <a:ext cx="11223812" cy="3359061"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="24765" marR="69215" algn="just" eaLnBrk="0" hangingPunct="0">
+            <a:pPr marL="360000" marR="69215" indent="-360000" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="25"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>PZN informuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" spc="235" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
@@ -7492,50 +7598,65 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>egzaminu.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" spc="-65" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" marR="69215" indent="-360000" algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="25"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Wynik</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" spc="-50" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
@@ -8159,50 +8280,752 @@
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Komisję </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Egzaminacyjną.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="548100156"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy numeru slajdu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF31F67A-9F65-41A1-88D1-9A55A22831F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Prostokąt 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EFD00EB-DC40-4015-AA7B-59C6918F9631}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="515470" y="1245485"/>
+            <a:ext cx="11161059" cy="4367029"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Zdający przystąpił do części pisemnej egzaminu zawodowego (w protokole i w SIOEZ zapisano jego obecność), jeżeli co najmniej:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>potwierdził swoją obecność podpisem na wykazie zdających,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odebrał kartę identyfikacyjną z danymi do logowania się do SIOEZ,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>wylosował numer stanowiska lub numer ten został dla niego wylosowany,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>zalogował się do SIOEZ ASE.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Jeżeli zdający tylko potwierdził swoją obecność podpisem na wykazie zdających, a nie zalogował się do SIOEZ ASE – to uznaje się, że zdający ten nie przystąpił do części pisemnej egzaminu zawodowego.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4679D21D-F736-44F2-980A-F8AA734CBD96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="726139" y="369455"/>
+            <a:ext cx="10292843" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kiedy uznaje się, że zdający przystąpił do egzaminu? </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3091936922"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy numeru slajdu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF31F67A-9F65-41A1-88D1-9A55A22831F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4679D21D-F736-44F2-980A-F8AA734CBD96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="296459" y="121688"/>
+            <a:ext cx="11134167" cy="1077218"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Część pisemna egzaminu z wykorzystaniem </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>dostosowanych wydrukowanych arkuszy egzaminacyjnych</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="pole tekstowe 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B789938E-8A79-4C87-A376-33B13D0E0B82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="331693" y="2164407"/>
+            <a:ext cx="5799541" cy="4078039"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Przewodniczący ZN odbiera od PZE arkusze egzaminacyjne oraz karty odpowiedzi.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Zdający kodują karty odpowiedzi wpisując nr PESEL oraz oznaczenie kwalifikacji.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Po zakończeniu egzaminu członkowie ZN: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" indent="-252000" algn="just">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odbierają arkusze egzaminacyjne oraz karty odpowiedzi.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" indent="-252000" algn="just">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>w obecności przedstawiciela zdających pakują materiały egzaminacyjne do koperty bezpiecznej,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PZN przekazuje materiały przewodniczącemu ZE.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Prostokąt 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{246660BD-A1B1-43D5-A619-CC1D17719ECB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="640976" y="1198906"/>
+            <a:ext cx="10910048" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Szczegółowa procedura przeprowadzania części pisemnej z wykorzystaniem dostosowanych wydrukowanych arkuszy jest opisana w rozdziale 5.7. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Informacji o sposobie organizacji i przeprowadzania egzaminu zawodowego</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7023FCC5-0996-414E-9609-0946F5EB9AEA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6316888" y="2271641"/>
+            <a:ext cx="5725553" cy="3932956"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Owal 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F7E4CE-1C60-44E5-9F6A-7917E1A56B2A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9421907" y="2474258"/>
+            <a:ext cx="2438400" cy="564778"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="28575"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3765704239"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8502,381 +9325,497 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{589B7C76-EFF2-4CD8-A475-4750F11B4BC6}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="284019" y="594429"/>
-            <a:ext cx="11610108" cy="5522698"/>
+            <a:off x="290946" y="549606"/>
+            <a:ext cx="11610108" cy="6139047"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>ZN uczestniczy w odprawie organizowanej przez PZE</a:t>
+              <a:t>ZN uczestniczy w odprawie organizowanej przez PZE.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>PZN odbiera od PZE dokumentację egzaminacyjną:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>karty identyfikacyjne zdających w sali egzaminacyjnej (kartka min. A5 zawierająca PESEL zdającego oraz login i hasło, zdający może kartkę wykorzystać jako brudnopis, np.  do zapisu obliczeń),</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Protokół przebiegu części pisemnej egzaminu </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>(wydruk z SIOEZ),</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Wykaz zdających w sali </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>(wydruk z SIOEZ),</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Decyzję o przerwaniu i unieważnieniu egzaminu,</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>identyfikatory dla ZN (z napisem członek ZN, przewodniczący ZN),</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>losy z numerami stanowisk egzaminacyjnych,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>kartkę z imieniem i nazwiskiem PZE oraz informacją o składzie zespołu nadzorującego i ewentualnie imieniem</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>i nazwiskiem obserwatora,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>kartkę zawierającą informacje o osobach o specjalnych potrzebach edukacyjnych, które korzystają z wydłużonego czasu pracy (imię i nazwisko, PESEL, czas oraz powód przedłużenia czasu egzaminu),</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1" algn="just"/>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>nośnik (płyta DVD lub USB, na który po zakończonym egzaminie na danej zmianie będzie nagrany, przez operatora egzaminu, zaszyfrowany plik z wynikami egzaminu),</a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="1" algn="just"/>
+              <a:t>nośnik (płyta DVD lub USB), na który po zakończonym egzaminie na danej zmianie będzie nagrany, przez operatora egzaminu, zaszyfrowany plik z wynikami egzaminu),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>płytę CD/DVD lub pendrive, lub dysk zewnętrzny</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>płytę DVD (lub inny nośnik), na którą po zakończonym egzaminie będzie nagrany zarchiwizowany Wirtualny Serwer Egzaminacyjny.</a:t>
+              <a:t>, na który po zakończonym egzaminie będzie nagrany zarchiwizowany Wirtualny Serwer Egzaminacyjny wraz z odpowiedziami zdających. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="831878420"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913775" y="262387"/>
+            <a:ext cx="10364451" cy="784398"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>30 minut przed egzaminem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{589B7C76-EFF2-4CD8-A475-4750F11B4BC6}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="913775" y="1233313"/>
-            <a:ext cx="10838954" cy="4812924"/>
+            <a:off x="170329" y="1233313"/>
+            <a:ext cx="11582400" cy="4812924"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>Zdający zgłaszają się na egzamin w wyznaczonym dniu, </a:t>
-[...6 lines deleted...]
-              <a:t>ok.‎‎ </a:t>
+              <a:t>Zdający zgłaszają się na egzamin w wyznaczonym dniu, ok.‎‎ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0"/>
               <a:t>30</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0"/>
               <a:t>minut</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t> przed rozpoczęciem egzaminu </a:t>
+              <a:t> przed rozpoczęciem egzaminu i przynoszą ze sobą:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>dowód  tożsamości</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" i="1" dirty="0"/>
+              <a:t>dopuszcza się potwierdzenie tożsamości przez zdającego na podstawie cyfrowego dokumentu tożsamości ze zdjęciem, np. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" i="1" dirty="0" err="1"/>
+              <a:t>mDowód</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" i="1" dirty="0"/>
+              <a:t>,, bez naruszenia wymogu dotyczącego niewnoszenia przez zdającego do sali egzaminacyjnej urządzenia telekomunikacyjnego i korzystania z takiego urządzenia </a:t>
             </a:r>
             <a:br>
+              <a:rPr lang="pl-PL" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" i="1" dirty="0"/>
+              <a:t>w sali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>długopis lub pióro z czarnym atramentem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>ewentualnie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>inne przybory wymienione w komunikacie dyrektora CKE </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>(kalkulator prosty).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-360000">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-            </a:br>
+              <a:t>Na egzaminie każdy zdający korzysta z własnych przyborów piśmienniczych, kalkulator.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" lvl="1" indent="-360000">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>i przynoszą ze sobą:</a:t>
-[...44 lines deleted...]
-              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Zdający nie mogą pożyczać przyborów piśmienniczych, kalkulatora od innych zdających.</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="6" name="Grupa 5"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="9619743" y="1440398"/>
+            <a:off x="11206495" y="1503150"/>
             <a:ext cx="720080" cy="1196752"/>
             <a:chOff x="755576" y="476672"/>
             <a:chExt cx="720080" cy="1196752"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="4098" name="Picture 2" descr="\\ike\WEZ_PWOE\tymczasowe\gosia\Rysunki_25_03_2013\ręka do góry.jpg"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId2" cstate="print">
               <a:clrChange>
                 <a:clrFrom>
                   <a:srgbClr val="FFFFFF"/>
                 </a:clrFrom>
                 <a:clrTo>
                   <a:srgbClr val="FFFFFF">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:clrTo>
               </a:clrChange>
@@ -8982,293 +9921,325 @@
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Ok. 20 minut przed egzaminem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy zawartości 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="736182" y="986623"/>
-            <a:ext cx="11135520" cy="5343652"/>
+            <a:off x="368983" y="1223105"/>
+            <a:ext cx="11939558" cy="5343652"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="1" indent="0">
+            <a:pPr marL="360000" lvl="1" indent="-360000">
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buNone/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Przewodniczący ZN lub wyznaczony przez niego członek ZN, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>przed salą egzaminacyjną</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="185738" lvl="1" indent="-185738">
+            <a:pPr marL="720000" lvl="1" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>przypomina o zakazie wnoszenia i korzystania z: </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="600075" lvl="2" indent="-342900">
+            <a:pPr marL="1260000" lvl="2" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-[...4 lines deleted...]
-            <a:pPr marL="600075" lvl="2" indent="-342900">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>urządzeń telekomunikacyjnych (z wyjątkiem urządzenia telekomunikacyjnego wyposażonego </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>w aplikację mobilną służącą do monitorowania stanu zdrowia zdającego),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1260000" lvl="1" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-[...11 lines deleted...]
-            <a:pPr marL="185738" lvl="1" indent="-185738">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>materiałów / przyborów, które nie zostały wymienione w informacji dyrektora CKE,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="720000" lvl="1" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>sprawdza tożsamość zdającego i przekazuje mu kartę identyfikacyjną</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="185738" lvl="1" indent="-185738">
+              <a:t>sprawdza tożsamość zdającego i przekazuje mu kartę identyfikacyjną,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="720000" lvl="1" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>przeprowadza losowanie miejsc / stanowisk </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="185738" lvl="1" indent="-185738">
+              <a:t>przeprowadza losowanie miejsc / stanowisk, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="720000" lvl="1" indent="-360000">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0"/>
               <a:t>dopilnowuje, aby zdający potwierdził obecność podpisem w wykazie </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0"/>
               <a:t>zdających w sali.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="900000" lvl="2" indent="-360000">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="D:\@Passport_Gosia\Konferencje\Prezentacje\Wiosna_2014\Rysunki\Kalejdoskop\drzwi.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9850926" y="1120550"/>
+            <a:off x="10003366" y="1436009"/>
             <a:ext cx="2188634" cy="5141675"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="pole tekstowe 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11332315" y="2976897"/>
+            <a:off x="11469503" y="3249471"/>
             <a:ext cx="490702" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent4"/>
           </a:lnRef>
           <a:fillRef idx="2">
             <a:schemeClr val="accent4"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent4"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" rIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0"/>
               <a:t>Sala 5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11278563" y="3658449"/>
+            <a:off x="11469503" y="3744165"/>
             <a:ext cx="598206" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" rIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="900" dirty="0"/>
               <a:t>Lista zdających</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Grupa 10"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm flipH="1">
-            <a:off x="10219183" y="2049648"/>
+            <a:off x="10417066" y="1745332"/>
             <a:ext cx="528290" cy="805681"/>
             <a:chOff x="755576" y="476672"/>
             <a:chExt cx="720080" cy="1196752"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="12" name="Picture 2" descr="\\ike\WEZ_PWOE\tymczasowe\gosia\Rysunki_25_03_2013\ręka do góry.jpg"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId3" cstate="print">
               <a:clrChange>
                 <a:clrFrom>
                   <a:srgbClr val="FFFFFF"/>
                 </a:clrFrom>
                 <a:clrTo>
                   <a:srgbClr val="FFFFFF">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:clrTo>
               </a:clrChange>
@@ -9318,51 +10289,51 @@
             <a:p>
               <a:r>
                 <a:rPr lang="pl-PL" b="1" dirty="0">
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                 </a:rPr>
                 <a:t>Z</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="14" name="Grupa 13"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm flipH="1">
-            <a:off x="9490494" y="3115397"/>
+            <a:off x="11132043" y="5157775"/>
             <a:ext cx="528290" cy="805681"/>
             <a:chOff x="755576" y="476672"/>
             <a:chExt cx="720080" cy="1196752"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="15" name="Picture 2" descr="\\ike\WEZ_PWOE\tymczasowe\gosia\Rysunki_25_03_2013\ręka do góry.jpg"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId3" cstate="print">
               <a:clrChange>
                 <a:clrFrom>
                   <a:srgbClr val="FFFFFF"/>
                 </a:clrFrom>
                 <a:clrTo>
                   <a:srgbClr val="FFFFFF">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:clrTo>
               </a:clrChange>
@@ -9480,267 +10451,295 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Obraz 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45854E93-2099-4F9C-87BD-C06DDD96D119}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9402332" y="2643774"/>
+            <a:off x="9710059" y="4128100"/>
             <a:ext cx="2053506" cy="1812928"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="49" name="Picture 2" descr="D:\@Passport_Gosia\Konferencje\Prezentacje\Wiosna_2014\Rysunki\Kalejdoskop\drzwi.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1445729" y="2298049"/>
+            <a:off x="844449" y="1027043"/>
             <a:ext cx="1385508" cy="4317306"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="793702" y="937872"/>
+            <a:off x="372361" y="242645"/>
             <a:ext cx="10364451" cy="784398"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Ok. 10 minut przed egzaminem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2963202" y="2460899"/>
+            <a:off x="2391089" y="1431263"/>
             <a:ext cx="8697131" cy="2979019"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="360363" lvl="1" indent="-334963">
+            <a:pPr marL="368300" lvl="1" indent="-342900">
               <a:buClr>
                 <a:srgbClr val="002060"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Zdający zajmują wylosowane miejsca egzaminacyjne.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="360363" indent="-334963"/>
+            <a:pPr marL="368300" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>PZN informuje zdających o:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="817563" lvl="1" indent="-334963"/>
+            <a:pPr marL="817563" lvl="1" indent="-334963">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>przebiegu egzaminu </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="817563" lvl="1" indent="-334963"/>
+              <a:t>przebiegu egzaminu,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="817563" lvl="1" indent="-334963">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>możliwości powiększenia czcionki, rysunków na monitorze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="817563" lvl="1" indent="-334963"/>
+            <a:pPr marL="817563" lvl="1" indent="-334963">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>sposobie zakończenia egzaminu,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="817563" lvl="1" indent="-334963"/>
+            <a:pPr marL="817563" lvl="1" indent="-334963">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>możliwości uzyskania informacji o wynikach egzaminu.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr marL="360363" indent="-334963"/>
+            <a:pPr marL="368300" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>PZN poleca zdającym sprawdzenie danych zawartych na otrzymanych kartach identyfikacyjnych.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 45"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2320958" y="3625685"/>
+            <a:off x="1747025" y="2643774"/>
             <a:ext cx="490702" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent4"/>
           </a:lnRef>
           <a:fillRef idx="2">
             <a:schemeClr val="accent4"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent4"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" rIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0"/>
               <a:t>Sala 5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53" name="pole tekstowe 52"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2305728" y="3950409"/>
+            <a:off x="1769954" y="2926710"/>
             <a:ext cx="598206" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" rIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="900" dirty="0"/>
               <a:t>Lista zdających</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy numeru slajdu 1"/>
@@ -9765,51 +10764,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7817DF8E-A6E2-40AA-9EA4-F61C86518BA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9135101" y="500649"/>
+            <a:off x="9517208" y="639148"/>
             <a:ext cx="2143125" cy="2143125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3138818788"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -9876,105 +10875,111 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="387927" y="1601122"/>
             <a:ext cx="11517745" cy="4702307"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="360000" indent="-360000">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>PZN przekazuje operatorowi egzaminu:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>kartkę z imieniem i nazwiskiem PZE oraz informacją o składzie zespołu nadzorującego i ewentualnie imieniem </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>i nazwiskiem obserwatora,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>kartkę zawierającą informacje o osobach o specjalnych potrzebach edukacyjnych, które korzystają z wydłużonego czasu pracy (imię i nazwisko, PESEL, czas oraz powód przedłużenia czasu egzaminu) i poleca przedłużyć czas </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>w systemie zgodnie z przekazanymi informacjami,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>nośnik (płyta DVD lub USB), na który po zakończonym egzaminie na danej zmianie będzie nagrany zaszyfrowany plik z wynikami egzaminu,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>płytę DVD (lub inny nośnik), na którą po zakończonym egzaminie będzie nagrany zarchiwizowany Wirtualny Serwer Egzaminacyjny.</a:t>
-[...3 lines deleted...]
-            <a:pPr algn="just">
+              <a:t>płytę DVD, na którą po zakończonym egzaminie będzie nagrany zarchiwizowany Wirtualny Serwer Egzaminacyjny.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" indent="-360000" algn="just">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-              <a:buChar char="§"/>
+              <a:buChar char="q"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Po otrzymaniu od PZE, w obecności zdających, PZN przekazuje operatorowi hasło do pliku z zadaniami egzaminacyjnymi w celu odszyfrowania zadań egzaminacyjnych przygotowanych na ten egzamin.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Obraz 23" descr="przewodniczący 2.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
@@ -10261,170 +11266,195 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{589B7C76-EFF2-4CD8-A475-4750F11B4BC6}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="pole tekstowe 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D6BB260-AEC6-4D2F-8122-3876182838C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="561641" y="1795006"/>
-            <a:ext cx="11480800" cy="4524315"/>
+            <a:off x="561641" y="1283927"/>
+            <a:ext cx="11480800" cy="5062924"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="360000" indent="-360000">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Przewodniczący ZN poleca:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="720000" indent="-360000" algn="just">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>operatorowi odblokowanie możliwości logowania się zdających do systemu (aktywację egzaminu)</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+              <a:t>operatorowi odblokowanie możliwości logowania się zdających do systemu (aktywację egzaminu) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" algn="just"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>oraz</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="720000" indent="-360000">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> oraz zdającym: </a:t>
-[...5 lines deleted...]
-              <a:buChar char="•"/>
+              <a:t>zdającym: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1080000" lvl="1" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>zalogowanie się do systemu: wpisanie nazwy użytkownika i hasła zawartych w karcie identyfikacyjnej,</a:t>
-[...5 lines deleted...]
-              <a:buChar char="•"/>
+              <a:t>zalogowanie się do systemu: wpisanie kodu dostępu (nazwa użytkownika i hasło) zawartego w karcie identyfikacyjnej,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1080000" lvl="1" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>zapoznanie się z udostępnioną w systemie Instrukcją,</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750" algn="just">
-[...1 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr marL="1080000" lvl="1" indent="-342900" algn="just">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>sprawdzenie poprawności funkcjonowania indywidualnych stanowisk egzaminacyjnych wspomaganych elektronicznie.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="742950" lvl="1" indent="-285750">
-[...1 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr marL="342900" lvl="5" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
             </a:pPr>
-            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
-[...8 lines deleted...]
-            <a:pPr marL="0" lvl="5" algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Członkowie ZN mogą udzielać odpowiedzi wyłącznie na pytania zdających związane </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -10441,51 +11471,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C7BA946-9CAF-45D0-9E60-78E63F140D7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="729049" y="833804"/>
+            <a:off x="488570" y="280316"/>
             <a:ext cx="850408" cy="850408"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="176093086"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -10566,114 +11596,135 @@
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2CD506AE-BC8D-47B2-B8EB-BB270348506E}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="628073" y="1237836"/>
-            <a:ext cx="11247581" cy="2937574"/>
+            <a:off x="628073" y="1237835"/>
+            <a:ext cx="11247581" cy="4867129"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="360000" indent="-360000">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+              <a:t>Zdający powinni zgłosić PZN wszelkie nieprawidłowości w funkcjonowaniu stanowiska egzaminacyjnego. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="360000" indent="-360000">
+              <a:buClr>
+                <a:srgbClr val="002060"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="q"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+              <a:t>PZN w przypadku stwierdzenia:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+              <a:t>nieprawidłowości w funkcjonowaniu indywidualnego stanowiska egzaminacyjnego,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+              <a:t>niezgodności w oznaczeniach testu pisemnego udostępnionego w systemie </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>Zdający powinni zgłosić PZN wszelkie nieprawidłowości w funkcjonowaniu stanowiska egzaminacyjnego. </a:t>
+              <a:t>powiadamia o tym fakcie PZE, który podejmuje decyzję co do dalszego postępowania. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...25 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" b="1" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" b="1" i="1" dirty="0"/>
               <a:t>Informację o nieprawidłowościach oraz o podjętych działaniach należy zamieścić się </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="pl-PL" sz="2400" b="1" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" b="1" i="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" b="1" i="1" dirty="0"/>
-              <a:t>w protokole przebiegu części pisemnej egzaminu zawodowego w danej sali egzaminacyjnej oraz w protokole zbiorczym przebiegu części pisemnej egzaminu zawodowego </a:t>
+              <a:rPr lang="pl-PL" b="1" i="1" dirty="0"/>
+              <a:t>w protokole przebiegu części pisemnej egzaminu zawodowego w danej sali egzaminacyjnej oraz </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" b="1" i="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" b="1" i="1" dirty="0"/>
+              <a:t>w protokole zbiorczym przebiegu części pisemnej egzaminu zawodowego </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1110590085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kropla">
   <a:themeElements>
     <a:clrScheme name="Droplet">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -11176,105 +12227,107 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM04033925[[fn=Kropla]]</Template>
   <TotalTime></TotalTime>
-  <Words>1457</Words>
+  <Words>1698</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Panoramiczny</PresentationFormat>
-  <Paragraphs>163</Paragraphs>
-  <Slides>17</Slides>
+  <Paragraphs>182</Paragraphs>
+  <Slides>19</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>17</vt:i4>
+        <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="26" baseType="lpstr">
+    <vt:vector size="28" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Black</vt:lpstr>
       <vt:lpstr>Blackadder ITC</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tw Cen MT</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Kropla</vt:lpstr>
-      <vt:lpstr>Szkolenie PZN część pisemna przy „komputerze”</vt:lpstr>
+      <vt:lpstr>Szkolenie PZN część pisemna</vt:lpstr>
       <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Około 30-20 minut przed egzaminem</vt:lpstr>
       <vt:lpstr>30 minut przed egzaminem</vt:lpstr>
       <vt:lpstr>Ok. 20 minut przed egzaminem</vt:lpstr>
       <vt:lpstr>Ok. 10 minut przed egzaminem</vt:lpstr>
       <vt:lpstr>Ok. 5 minut przed egzaminem</vt:lpstr>
       <vt:lpstr>Po przygotowaniu egzaminu przez operatora</vt:lpstr>
       <vt:lpstr>nieprawidłowości</vt:lpstr>
       <vt:lpstr>Po zakończeniu czynności organizacyjnych</vt:lpstr>
       <vt:lpstr>Opuszczanie Sali w czasie egzaminu</vt:lpstr>
       <vt:lpstr>Podczas egzaminu</vt:lpstr>
       <vt:lpstr>Podczas egzaminu</vt:lpstr>
       <vt:lpstr>Informacje w Wykazie zdających w sali</vt:lpstr>
       <vt:lpstr>Zakończenie egzaminu</vt:lpstr>
       <vt:lpstr>Zakończenie egzaminu</vt:lpstr>
       <vt:lpstr>Sprawdzenie liczby poprawnie udzielonych odpowiedzi</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>OKE Kr</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>