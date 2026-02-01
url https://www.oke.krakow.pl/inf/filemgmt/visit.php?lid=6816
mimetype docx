--- v0 (2025-10-27)
+++ v1 (2026-02-01)
@@ -966,64 +966,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wniosek</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zdającego o wgląd do dokumentacji stanowi</w:t>
-[...12 lines deleted...]
-        <w:t>ącej podstawę wszczęcia unieważniania/unieważnienia egzaminu</w:t>
+        <w:t xml:space="preserve"> zdającego o wgląd do dokumentacji stanowiącej podstawę wszczęcia unieważniania/unieważnienia egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C42935" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">W związku z uzyskaną informacją o </w:t>
       </w:r>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1143,109 +1130,145 @@
           <w:tcPr>
             <w:tcW w:w="4380" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10CC4F38" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D1633C8" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
+    <w:p w14:paraId="0D1633C8" w14:textId="3117CFAF" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> podstawie art. 44zzzq ust. 3 ustawy z dnia 7 września 1991 r. o systemie oświaty (Dz.U. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024 r. poz.</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004067DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 750, z </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -1293,51 +1316,51 @@
         <w:t xml:space="preserve"> o wgląd do dokumentacji, na podstawie której dyrektor okręgowej komisji egzaminacyjnej </w:t>
       </w:r>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">zamierza </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">unieważnić </w:t>
       </w:r>
-      <w:r w:rsidRPr="004067DC">
+      <w:r w:rsidR="00742F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> wskazaną</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> wyżej część egzaminu zawodowego, oraz o możliwość złożenia wyjaśnień w tej sprawie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27CD2F50" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -1489,51 +1512,51 @@
               <w:t xml:space="preserve">CZĘŚĆ B. </w:t>
             </w:r>
             <w:r w:rsidRPr="004067DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Wypełnia dyrektor okręgowej komisji egzaminacyjnej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6001EC1D" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44CBEF0C" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
+    <w:p w14:paraId="44CBEF0C" w14:textId="4EC73EE6" w:rsidR="004067DC" w:rsidRPr="004067DC" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">W odpowiedzi na powyższy wniosek uprzejmie informuję, że – zgodnie z art. 44 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1552,51 +1575,85 @@
       </w:r>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dz.U. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024 r. poz.750, z </w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004067DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz.</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>881</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004067DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. zm.) </w:t>
       </w:r>
       <w:r w:rsidRPr="004067DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2002,61 +2059,61 @@
     </w:p>
     <w:p w14:paraId="4CC35450" w14:textId="77777777" w:rsidR="00453AD3" w:rsidRPr="007771DD" w:rsidRDefault="00453AD3" w:rsidP="00B86E36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00453AD3" w:rsidRPr="007771DD" w:rsidSect="00E744FB">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="736" w:right="849" w:bottom="284" w:left="993" w:header="284" w:footer="550" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F887B6E" w14:textId="77777777" w:rsidR="007F2728" w:rsidRDefault="007F2728" w:rsidP="007303BC">
+    <w:p w14:paraId="73977061" w14:textId="77777777" w:rsidR="00E02343" w:rsidRDefault="00E02343" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58F32372" w14:textId="77777777" w:rsidR="007F2728" w:rsidRDefault="007F2728" w:rsidP="007303BC">
+    <w:p w14:paraId="285F2925" w14:textId="77777777" w:rsidR="00E02343" w:rsidRDefault="00E02343" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2170,61 +2227,61 @@
               <w:sz w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00427E0F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
             </w:rPr>
             <w:t>Obowiązek informacyjny wynikający z art. 13 i 14 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE, w zakresie przeprowadzania egzaminu zawodowego, zgodnie z przepisami ustawy o systemie oświaty oraz aktami wykonawczymi wydanymi na jej podstawie, został spełniony poprzez zamieszczenie klauzuli informacyjnej na stronie internetowej właściwej okręgowej komisji egzaminacyjnej.</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="580C841B" w14:textId="77777777" w:rsidR="00451BD2" w:rsidRDefault="00451BD2">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="649DA9A0" w14:textId="77777777" w:rsidR="007F2728" w:rsidRDefault="007F2728" w:rsidP="007303BC">
+    <w:p w14:paraId="03A10D35" w14:textId="77777777" w:rsidR="00E02343" w:rsidRDefault="00E02343" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EB7A7C4" w14:textId="77777777" w:rsidR="007F2728" w:rsidRDefault="007F2728" w:rsidP="007303BC">
+    <w:p w14:paraId="7662B136" w14:textId="77777777" w:rsidR="00E02343" w:rsidRDefault="00E02343" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="271FB9BC" w14:textId="5C51F0AD" w:rsidR="007303BC" w:rsidRPr="007303BC" w:rsidRDefault="007303BC" w:rsidP="007303BC">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:smallCaps/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -6080,51 +6137,51 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="73"/>
+  <w:zoom w:val="bestFit" w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00080726"/>
     <w:rsid w:val="00005D16"/>
@@ -6161,96 +6218,98 @@
     <w:rsid w:val="004829A6"/>
     <w:rsid w:val="004B0626"/>
     <w:rsid w:val="004B0D75"/>
     <w:rsid w:val="004E1108"/>
     <w:rsid w:val="004F0DF4"/>
     <w:rsid w:val="004F1C51"/>
     <w:rsid w:val="004F6195"/>
     <w:rsid w:val="00511647"/>
     <w:rsid w:val="00544EF0"/>
     <w:rsid w:val="00577AD8"/>
     <w:rsid w:val="00583BAC"/>
     <w:rsid w:val="005E7AE8"/>
     <w:rsid w:val="00613733"/>
     <w:rsid w:val="00621C3A"/>
     <w:rsid w:val="00653188"/>
     <w:rsid w:val="00654744"/>
     <w:rsid w:val="006854DE"/>
     <w:rsid w:val="0069531C"/>
     <w:rsid w:val="00697E41"/>
     <w:rsid w:val="006B588A"/>
     <w:rsid w:val="00705544"/>
     <w:rsid w:val="0072599C"/>
     <w:rsid w:val="00725AC3"/>
     <w:rsid w:val="007303BC"/>
     <w:rsid w:val="00732544"/>
+    <w:rsid w:val="00742F91"/>
     <w:rsid w:val="00757DE8"/>
     <w:rsid w:val="007771DD"/>
     <w:rsid w:val="00780CEE"/>
     <w:rsid w:val="007B1EC1"/>
     <w:rsid w:val="007B4582"/>
     <w:rsid w:val="007F2728"/>
     <w:rsid w:val="008123A9"/>
     <w:rsid w:val="00825D6C"/>
     <w:rsid w:val="0083360D"/>
     <w:rsid w:val="00857D13"/>
     <w:rsid w:val="00867731"/>
     <w:rsid w:val="008813D5"/>
     <w:rsid w:val="008A19A0"/>
     <w:rsid w:val="008A3574"/>
     <w:rsid w:val="008B7003"/>
     <w:rsid w:val="008C645D"/>
     <w:rsid w:val="0090684C"/>
     <w:rsid w:val="00931C1C"/>
     <w:rsid w:val="00937455"/>
     <w:rsid w:val="00975996"/>
     <w:rsid w:val="00983162"/>
     <w:rsid w:val="009B238E"/>
     <w:rsid w:val="00A1119D"/>
     <w:rsid w:val="00A1451F"/>
     <w:rsid w:val="00A53697"/>
     <w:rsid w:val="00A63B90"/>
     <w:rsid w:val="00A73DA8"/>
     <w:rsid w:val="00A8456E"/>
     <w:rsid w:val="00A93947"/>
     <w:rsid w:val="00A962EE"/>
     <w:rsid w:val="00AB1F4E"/>
     <w:rsid w:val="00AC2EDA"/>
     <w:rsid w:val="00B00C1F"/>
     <w:rsid w:val="00B02AD1"/>
     <w:rsid w:val="00B17D9A"/>
     <w:rsid w:val="00B46C2A"/>
     <w:rsid w:val="00B86E36"/>
     <w:rsid w:val="00BF7208"/>
     <w:rsid w:val="00CB1194"/>
     <w:rsid w:val="00D161E2"/>
     <w:rsid w:val="00D26EAD"/>
     <w:rsid w:val="00D53475"/>
     <w:rsid w:val="00DA6088"/>
     <w:rsid w:val="00DD3693"/>
     <w:rsid w:val="00DE12EC"/>
     <w:rsid w:val="00DF71AB"/>
+    <w:rsid w:val="00E02343"/>
     <w:rsid w:val="00E04E19"/>
     <w:rsid w:val="00E54F4A"/>
     <w:rsid w:val="00E56E76"/>
     <w:rsid w:val="00E61E53"/>
     <w:rsid w:val="00E72019"/>
     <w:rsid w:val="00E721DD"/>
     <w:rsid w:val="00E744FB"/>
     <w:rsid w:val="00E9172E"/>
     <w:rsid w:val="00E96911"/>
     <w:rsid w:val="00EC3F2B"/>
     <w:rsid w:val="00EC4655"/>
     <w:rsid w:val="00ED26F5"/>
     <w:rsid w:val="00FB48B4"/>
     <w:rsid w:val="00FD70B7"/>
     <w:rsid w:val="00FE4682"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>