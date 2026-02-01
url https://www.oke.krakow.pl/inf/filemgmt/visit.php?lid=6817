--- v0 (2025-10-27)
+++ v1 (2026-02-01)
@@ -1336,104 +1336,125 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0EDC9C74" w14:textId="77777777" w:rsidR="00313CA7" w:rsidRPr="00313CA7" w:rsidRDefault="00313CA7" w:rsidP="00313CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="406ABC72" w14:textId="77777777" w:rsidR="00313CA7" w:rsidRPr="00313CA7" w:rsidRDefault="00313CA7" w:rsidP="00313CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59CC44FE" w14:textId="77777777" w:rsidR="00313CA7" w:rsidRPr="00313CA7" w:rsidRDefault="00313CA7" w:rsidP="00313CA7">
+    <w:p w14:paraId="59CC44FE" w14:textId="46C3AA21" w:rsidR="00313CA7" w:rsidRPr="00313CA7" w:rsidRDefault="00313CA7" w:rsidP="00313CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> podstawie art. 44zzzq ust. 7 </w:t>
       </w:r>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy z dnia 7 września 1991 r. o systemie oświaty (Dz.U. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00546F73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024 r. poz.750, z </w:t>
+        <w:t xml:space="preserve"> r. poz.</w:t>
+      </w:r>
+      <w:r w:rsidR="00546F73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>881</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00313CA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>zm</w:t>
       </w:r>
@@ -2715,51 +2736,51 @@
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00313CA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Wypełnia dyrektor Centralnej Komisji Egzaminacyjnej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63126CF4" w14:textId="77777777" w:rsidR="004067DC" w:rsidRPr="00697984" w:rsidRDefault="004067DC" w:rsidP="004067DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54EAB47E" w14:textId="77777777" w:rsidR="00697984" w:rsidRPr="00697984" w:rsidRDefault="00697984" w:rsidP="001C391C">
+    <w:p w14:paraId="54EAB47E" w14:textId="26406846" w:rsidR="00697984" w:rsidRPr="00697984" w:rsidRDefault="00697984" w:rsidP="001C391C">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Po zapoznaniu się z dokumentacją stanowiącą podstawę unie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ważnienia egzaminu zawodowego w części praktycznej </w:t>
       </w:r>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2789,65 +2810,88 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ust. 9 </w:t>
       </w:r>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawy z dnia 7 września 1991 r. o systemie oświaty (Dz.U. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024 r. poz.</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00546F73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00697984">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00546F73">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>881</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">750, z </w:t>
+        <w:t xml:space="preserve">, z </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>późn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00697984">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>zm</w:t>
       </w:r>
@@ -3165,79 +3209,77 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okręgowej Komisji Egzaminacyjnej w/we …………………………………….……</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBAA5DF" w14:textId="77777777" w:rsidR="00857D13" w:rsidRPr="00A962EE" w:rsidRDefault="00857D13" w:rsidP="00857D13">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="385B0491" w14:textId="77777777" w:rsidR="00453AD3" w:rsidRPr="007771DD" w:rsidRDefault="00453AD3" w:rsidP="00B86E36">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00453AD3" w:rsidRPr="007771DD" w:rsidSect="00494F5F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="737" w:right="851" w:bottom="284" w:left="992" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F162E3B" w14:textId="77777777" w:rsidR="00F833CD" w:rsidRDefault="00F833CD" w:rsidP="007303BC">
+    <w:p w14:paraId="358065D5" w14:textId="77777777" w:rsidR="00107279" w:rsidRDefault="00107279" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41F8589F" w14:textId="77777777" w:rsidR="00F833CD" w:rsidRDefault="00F833CD" w:rsidP="007303BC">
+    <w:p w14:paraId="42D5439C" w14:textId="77777777" w:rsidR="00107279" w:rsidRDefault="00107279" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3351,61 +3393,61 @@
               <w:sz w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00427E0F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
             </w:rPr>
             <w:t>Obowiązek informacyjny wynikający z art. 13 i 14 Rozporządzenia Parlamentu Europejskiego i Rady (UE) 2016/679 z 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE, w zakresie przeprowadzania egzaminu zawodowego, zgodnie z przepisami ustawy o systemie oświaty oraz aktami wykonawczymi wydanymi na jej podstawie, został spełniony poprzez zamieszczenie klauzuli informacyjnej na stronie internetowej właściwej okręgowej komisji egzaminacyjnej.</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="38B15F91" w14:textId="77777777" w:rsidR="00494F5F" w:rsidRDefault="00494F5F">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B706EFC" w14:textId="77777777" w:rsidR="00F833CD" w:rsidRDefault="00F833CD" w:rsidP="007303BC">
+    <w:p w14:paraId="584B7FFC" w14:textId="77777777" w:rsidR="00107279" w:rsidRDefault="00107279" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0983659B" w14:textId="77777777" w:rsidR="00F833CD" w:rsidRDefault="00F833CD" w:rsidP="007303BC">
+    <w:p w14:paraId="5548B46C" w14:textId="77777777" w:rsidR="00107279" w:rsidRDefault="00107279" w:rsidP="007303BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4C0EA223" w14:textId="59F57AE7" w:rsidR="007303BC" w:rsidRPr="007303BC" w:rsidRDefault="007303BC" w:rsidP="007303BC">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:smallCaps/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -7261,119 +7303,121 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="73"/>
+  <w:zoom w:val="bestFit" w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00080726"/>
     <w:rsid w:val="00005D16"/>
     <w:rsid w:val="00012919"/>
     <w:rsid w:val="00012931"/>
     <w:rsid w:val="00062665"/>
     <w:rsid w:val="00080726"/>
     <w:rsid w:val="00081B42"/>
     <w:rsid w:val="000A1FE2"/>
     <w:rsid w:val="000C4CA6"/>
     <w:rsid w:val="000D736C"/>
     <w:rsid w:val="000F7DA9"/>
+    <w:rsid w:val="00107279"/>
     <w:rsid w:val="001577FB"/>
     <w:rsid w:val="00194F13"/>
     <w:rsid w:val="001C391C"/>
     <w:rsid w:val="002046AE"/>
     <w:rsid w:val="002330C6"/>
     <w:rsid w:val="002360E3"/>
     <w:rsid w:val="002972A4"/>
     <w:rsid w:val="002A362D"/>
     <w:rsid w:val="002F7328"/>
     <w:rsid w:val="00305943"/>
     <w:rsid w:val="00313CA7"/>
     <w:rsid w:val="0031651D"/>
     <w:rsid w:val="0035187B"/>
     <w:rsid w:val="00377EED"/>
     <w:rsid w:val="00390AE3"/>
     <w:rsid w:val="003D1F95"/>
     <w:rsid w:val="004067DC"/>
     <w:rsid w:val="00411CFE"/>
     <w:rsid w:val="00427E0F"/>
     <w:rsid w:val="00453AD3"/>
     <w:rsid w:val="00460AA7"/>
     <w:rsid w:val="00460F56"/>
     <w:rsid w:val="00463ED0"/>
     <w:rsid w:val="0048015C"/>
     <w:rsid w:val="004829A6"/>
     <w:rsid w:val="00494F5F"/>
     <w:rsid w:val="004B0626"/>
     <w:rsid w:val="004B0D75"/>
     <w:rsid w:val="004E1108"/>
     <w:rsid w:val="004F0DF4"/>
     <w:rsid w:val="004F1C51"/>
     <w:rsid w:val="004F6195"/>
     <w:rsid w:val="00511647"/>
     <w:rsid w:val="00544EF0"/>
+    <w:rsid w:val="00546F73"/>
     <w:rsid w:val="00577AD8"/>
     <w:rsid w:val="00583BAC"/>
     <w:rsid w:val="005E7AE8"/>
     <w:rsid w:val="00613733"/>
     <w:rsid w:val="00621C3A"/>
     <w:rsid w:val="00653188"/>
     <w:rsid w:val="00654744"/>
     <w:rsid w:val="00684232"/>
     <w:rsid w:val="006854DE"/>
     <w:rsid w:val="0069531C"/>
     <w:rsid w:val="00697984"/>
     <w:rsid w:val="00697E41"/>
     <w:rsid w:val="006B588A"/>
     <w:rsid w:val="00705544"/>
     <w:rsid w:val="0072599C"/>
     <w:rsid w:val="00725AC3"/>
     <w:rsid w:val="007303BC"/>
     <w:rsid w:val="00732544"/>
     <w:rsid w:val="00757DE8"/>
     <w:rsid w:val="007771DD"/>
     <w:rsid w:val="00780CEE"/>
     <w:rsid w:val="007B1EC1"/>
     <w:rsid w:val="007B4582"/>
     <w:rsid w:val="008123A9"/>
     <w:rsid w:val="00825D6C"/>