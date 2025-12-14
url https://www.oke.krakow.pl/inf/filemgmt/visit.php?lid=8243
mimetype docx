--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,123 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F076C0" w:rsidRDefault="00F97B9F">
+    <w:p w14:paraId="0878F9B9" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRDefault="00F97B9F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="9CC2E5" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="363" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00083CB5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>wolnienie</w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ucznia z obowiązku przystąpienia do egzaminu ósmoklasisty</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F" w:rsidP="009916B5">
+    <w:p w14:paraId="2410E5E1" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F" w:rsidP="009916B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1755"/>
         </w:tabs>
         <w:spacing w:after="271" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zgodnie z Ustawą o systemie oświaty z dnia 7 września 1991 r. zwolnienie ucznia z obowiązku przystąpienia do egza</w:t>
       </w:r>
       <w:r w:rsidR="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>minu ósmoklasisty może nastąpić</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97B9F" w:rsidRPr="009916B5" w:rsidRDefault="00F97B9F" w:rsidP="009916B5">
+    <w:p w14:paraId="374FC101" w14:textId="77777777" w:rsidR="00F97B9F" w:rsidRPr="009916B5" w:rsidRDefault="00F97B9F" w:rsidP="009916B5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w przypadku sprzężonych niepełnosprawności</w:t>
       </w:r>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – czyli sytuacji, gdy u ucznia niesłyszącego lub słabosłyszącego, niewidomego lub słabowidzącego, </w:t>
@@ -128,266 +128,248 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">z niepełnosprawnością ruchową, w tym z afazją, z niepełnosprawnością intelektualną albo </w:t>
       </w:r>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">z autyzmem, w tym z zespołem Aspergera, występuje co najmniej jeszcze jedna </w:t>
       </w:r>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">z wymienionych </w:t>
-[...7 lines deleted...]
-        <w:t>niepełnosprawnoś</w:t>
+        <w:t>z wymienionych niepełnosprawnoś</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ci  (art</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">ci  (art. 44zw. ust. 2 ustawy) - </w:t>
+      </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. 44zw. ust. 2 ustawy) - </w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5864">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">do </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE535C" w:rsidRPr="009916B5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grudnia 202</w:t>
       </w:r>
       <w:r w:rsidR="00FE5864">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> r.,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97B9F" w:rsidRPr="0018371C" w:rsidRDefault="00F97B9F" w:rsidP="00F97B9F">
+    <w:p w14:paraId="09AC1C28" w14:textId="77777777" w:rsidR="00F97B9F" w:rsidRPr="0018371C" w:rsidRDefault="00F97B9F" w:rsidP="00F97B9F">
       <w:pPr>
         <w:ind w:left="700" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRPr="009916B5" w:rsidRDefault="00A53B1D" w:rsidP="009916B5">
+    <w:p w14:paraId="2AC0E760" w14:textId="14E6BC2A" w:rsidR="00F076C0" w:rsidRPr="009916B5" w:rsidRDefault="00A53B1D" w:rsidP="009916B5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>szczególnych przypadkach zdrowotnych</w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="009916B5" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">uniemożliwiających uczniowi lub słuchaczowi przystąpienie do egzaminu ósmoklasisty w terminie głównym lub dodatkowym </w:t>
+        <w:t xml:space="preserve">uniemożliwiających uczniowi lub słuchaczowi przystąpienie do egzaminu ósmoklasisty w terminie głównym </w:t>
+      </w:r>
+      <w:r w:rsidR="004315A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jak i </w:t>
+      </w:r>
+      <w:r w:rsidR="009916B5" w:rsidRPr="009916B5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dodatkowym </w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">czyli sytuacjach, o których orzeka </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">lekarz  </w:t>
+        <w:t xml:space="preserve">czyli sytuacjach, o których orzeka lekarz  </w:t>
       </w:r>
       <w:r w:rsidR="00B46559" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(art</w:t>
-[...7 lines deleted...]
-        <w:t>. 44zw. ust. 4 ustawy)</w:t>
+        <w:t>(art. 44zw. ust. 4 ustawy)</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">do </w:t>
       </w:r>
       <w:r w:rsidR="00FE5864">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> maja 202</w:t>
       </w:r>
       <w:r w:rsidR="00FE5864">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007B14DC" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009916B5" w:rsidRPr="009916B5" w:rsidRDefault="009916B5" w:rsidP="009916B5">
+    <w:p w14:paraId="4579143C" w14:textId="77777777" w:rsidR="009916B5" w:rsidRPr="004315A1" w:rsidRDefault="009916B5" w:rsidP="009916B5">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D4E76" w:rsidRPr="009916B5" w:rsidRDefault="00A53B1D" w:rsidP="007D4E76">
+    <w:p w14:paraId="510A0AC7" w14:textId="77777777" w:rsidR="007D4E76" w:rsidRPr="009916B5" w:rsidRDefault="00A53B1D" w:rsidP="007D4E76">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="009916B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -426,204 +408,172 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>czyli nagłych zdarzeniach</w:t>
       </w:r>
       <w:r w:rsidR="007D4E76">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D4E76" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lub sytuacjach, o których orzeka lekarz, powodujących niemożność uczestniczenia w egzaminie ósmoklasisty </w:t>
       </w:r>
       <w:r w:rsidR="007D4E76">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">z danego przedmiotu lub przedmiotów </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">w </w:t>
+        <w:t xml:space="preserve">z danego przedmiotu lub przedmiotów w </w:t>
       </w:r>
       <w:r w:rsidR="007D4E76" w:rsidRPr="009916B5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> terminie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> terminie dodatkowym (art. 44zz. ust. 2 ustawy) - </w:t>
+      </w:r>
       <w:r w:rsidR="007D4E76" w:rsidRPr="009916B5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5864">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
       <w:r w:rsidR="007D4E76" w:rsidRPr="009916B5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> czerwca 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5864">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidR="007D4E76" w:rsidRPr="009916B5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">do </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D4E76" w:rsidRDefault="007D4E76" w:rsidP="007D4E76">
+    <w:p w14:paraId="094C4AFD" w14:textId="77777777" w:rsidR="007D4E76" w:rsidRDefault="007D4E76" w:rsidP="007D4E76">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F">
+    <w:p w14:paraId="4EE58574" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor szkoły w porozumieniu z rodzicami/prawnymi opiekunami może wystąpić do dyrektora Okręgowej Komisji Egzaminacyjnej o zwolnienie ucznia z egzaminu ósmoklasisty. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRPr="0018371C" w:rsidRDefault="00F076C0">
+    <w:p w14:paraId="563DA029" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRPr="0018371C" w:rsidRDefault="00F076C0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRPr="00D460CF" w:rsidRDefault="00FC5D4F">
+    <w:p w14:paraId="153629C0" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRPr="00D460CF" w:rsidRDefault="00FC5D4F">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D460CF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sposób składania wniosku: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRPr="0018371C" w:rsidRDefault="00FC5D4F">
+    <w:p w14:paraId="59EC70F5" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRPr="0018371C" w:rsidRDefault="00FC5D4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97B9F" w:rsidRPr="006877E8" w:rsidRDefault="00F97B9F" w:rsidP="006877E8">
+    <w:p w14:paraId="5EB64869" w14:textId="77777777" w:rsidR="00F97B9F" w:rsidRPr="006877E8" w:rsidRDefault="00F97B9F" w:rsidP="006877E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rodzice/prawni opiekunowie składają do dyrektora szkoły wypełniony wniosek</w:t>
       </w:r>
       <w:r w:rsidR="003459C9" w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/podanie</w:t>
@@ -642,61 +592,61 @@
         </w:rPr>
         <w:t>o zwolnieni</w:t>
       </w:r>
       <w:r w:rsidR="003459C9" w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ucznia z obowiązku przystąpienia </w:t>
       </w:r>
       <w:r w:rsidR="003459C9" w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do egzaminu ósmoklasisty.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97B9F" w:rsidRPr="0018371C" w:rsidRDefault="00F97B9F" w:rsidP="008A077C">
+    <w:p w14:paraId="1204C315" w14:textId="77777777" w:rsidR="00F97B9F" w:rsidRPr="0018371C" w:rsidRDefault="00F97B9F" w:rsidP="008A077C">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0060201E" w:rsidRPr="006877E8" w:rsidRDefault="00FC5D4F" w:rsidP="006877E8">
+    <w:p w14:paraId="5BBCB56C" w14:textId="77777777" w:rsidR="0060201E" w:rsidRPr="006877E8" w:rsidRDefault="00FC5D4F" w:rsidP="006877E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Po wprowadzeniu danych ucznia do systemu SIO</w:t>
       </w:r>
       <w:r w:rsidR="0060201E" w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -751,413 +701,359 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="0060201E" w:rsidRPr="006877E8">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dzanie wnioskami/Zwolnienie zdającego</w:t>
       </w:r>
       <w:r w:rsidR="001D06FC" w:rsidRPr="006877E8">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006877E8" w:rsidRPr="006877E8" w:rsidRDefault="006877E8" w:rsidP="00731DB7">
+    <w:p w14:paraId="7188E44C" w14:textId="77777777" w:rsidR="006877E8" w:rsidRPr="006877E8" w:rsidRDefault="006877E8" w:rsidP="00731DB7">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D06FC" w:rsidRPr="006877E8" w:rsidRDefault="001D06FC" w:rsidP="006877E8">
+    <w:p w14:paraId="2BAB1F50" w14:textId="77777777" w:rsidR="001D06FC" w:rsidRPr="006877E8" w:rsidRDefault="001D06FC" w:rsidP="006877E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wydrukowany i podpisany wniosek wraz z </w:t>
       </w:r>
       <w:r w:rsidR="00FE5864">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dokumentacją</w:t>
       </w:r>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> przesłać do Okręgowej Komisji Egzaminacyjnej w Krakowie</w:t>
       </w:r>
       <w:r w:rsidR="006877E8" w:rsidRPr="006877E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006877E8" w:rsidRPr="006877E8" w:rsidRDefault="006877E8" w:rsidP="00731DB7">
+    <w:p w14:paraId="5EDD0286" w14:textId="77777777" w:rsidR="006877E8" w:rsidRPr="006877E8" w:rsidRDefault="006877E8" w:rsidP="00731DB7">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRPr="006877E8" w:rsidRDefault="003459C9" w:rsidP="006877E8">
+    <w:p w14:paraId="5FB6ACF0" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRPr="006877E8" w:rsidRDefault="003459C9" w:rsidP="006877E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006877E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Do wniosku należy dołączyć w </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Do wniosku należy dołączyć w przypadku :</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A077C" w:rsidRPr="0018371C" w:rsidRDefault="008A077C" w:rsidP="008A077C">
+    <w:p w14:paraId="7E15605B" w14:textId="77777777" w:rsidR="008A077C" w:rsidRPr="0018371C" w:rsidRDefault="008A077C" w:rsidP="008A077C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="33"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA1995" w:rsidRPr="008A077C" w:rsidRDefault="003459C9" w:rsidP="00E8747A">
+    <w:p w14:paraId="151E75DA" w14:textId="77777777" w:rsidR="00EA1995" w:rsidRPr="008A077C" w:rsidRDefault="003459C9" w:rsidP="00E8747A">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1434" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008A077C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sprzężonych</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>sprzężonych niepełnosprawności</w:t>
+      </w:r>
       <w:r w:rsidRPr="008A077C">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – wniosek rodziców (zał. 2a) i </w:t>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">potwierdzoną </w:t>
       </w:r>
       <w:r w:rsidR="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">za zgodność z oryginałem kopię orzeczenia z poradni psychologiczno-pedagogicznej </w:t>
       </w:r>
       <w:r w:rsidR="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o potrzebie kształcenia specjalnego wydane ze względu na niepełnosprawności sprzężone</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1995" w:rsidRPr="0018371C" w:rsidRDefault="00EA1995" w:rsidP="008A077C">
+    <w:p w14:paraId="4C9BEA29" w14:textId="77777777" w:rsidR="00EA1995" w:rsidRPr="0018371C" w:rsidRDefault="00EA1995" w:rsidP="008A077C">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003459C9" w:rsidRPr="008A077C" w:rsidRDefault="008A077C" w:rsidP="006877E8">
+    <w:p w14:paraId="1473090E" w14:textId="77777777" w:rsidR="003459C9" w:rsidRPr="008A077C" w:rsidRDefault="008A077C" w:rsidP="006877E8">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="33"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>szczególnych przypadkach zdrowotnych/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>szczególnych przypadkach zdrowotnych/losowych</w:t>
+      </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>losowych</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> podanie rodziców, opinię dyrektora na temat wpływu choroby dziecka na funkcjonowanie w szkole oraz ograniczeniach wynikających ze stanu zdrowia </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>uniemożliwiających</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przystąpienie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do egzaminu ósmoklasisty lub egzaminu z danego przedmiotu, potwierdzone </w:t>
+      </w:r>
+      <w:r w:rsidR="007A30D6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>za zgodność z oryginałem kopie dokumentacji o stanie zdrowia ucznia</w:t>
       </w:r>
       <w:r w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
+        <w:t xml:space="preserve"> (zaświadczenie lekarskie)</w:t>
       </w:r>
       <w:r w:rsidR="00EA1995" w:rsidRPr="008A077C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> podanie</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> egzaminu ósmoklasisty lub egzaminu z danego przedmiotu, potwierdzone </w:t>
+        <w:t xml:space="preserve">, inne dokumenty uzasadniające wniosek np. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A077C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopie orzeczenia/orzeczeń poradni psychologiczno-pedagogicznej</w:t>
       </w:r>
       <w:r w:rsidR="007A30D6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1995" w:rsidRPr="0018371C" w:rsidRDefault="00EA1995" w:rsidP="008A077C">
+    <w:p w14:paraId="1C2F0F9E" w14:textId="77777777" w:rsidR="00EA1995" w:rsidRPr="0018371C" w:rsidRDefault="00EA1995" w:rsidP="008A077C">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D460CF" w:rsidRPr="00A53B1D" w:rsidRDefault="006877E8" w:rsidP="00A53B1D">
+    <w:p w14:paraId="5476D659" w14:textId="77777777" w:rsidR="00D460CF" w:rsidRPr="00A53B1D" w:rsidRDefault="006877E8" w:rsidP="00A53B1D">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informacja</w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o zwolnieniu ucznia z obowiązku przystąpienia do egzaminu zostanie </w:t>
       </w:r>
       <w:r w:rsidR="0018371C" w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1179,266 +1075,250 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">do </w:t>
       </w:r>
       <w:r w:rsidR="00FC5D4F" w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>systemu SIOEO</w:t>
       </w:r>
       <w:r w:rsidR="00D460CF" w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D460CF" w:rsidRPr="0018371C" w:rsidRDefault="00D460CF" w:rsidP="00D460CF">
+    <w:p w14:paraId="6E09E5C7" w14:textId="77777777" w:rsidR="00D460CF" w:rsidRPr="0018371C" w:rsidRDefault="00D460CF" w:rsidP="00D460CF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="33"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F" w:rsidP="00A53B1D">
+    <w:p w14:paraId="0CC0EE25" w14:textId="77777777" w:rsidR="00F076C0" w:rsidRDefault="00FC5D4F" w:rsidP="00A53B1D">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Oryginał wniosku rodziców/opiekunów prawnych, załączniki, a także kopię decyzji dyrektora</w:t>
       </w:r>
       <w:r w:rsidR="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A53B1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">OKE należy przechowywać w szkolnej dokumentacji egzaminacyjnej. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A5125F" w:rsidRPr="00A5125F" w:rsidRDefault="00A5125F" w:rsidP="00A53B1D">
+    <w:p w14:paraId="607CB5D1" w14:textId="77777777" w:rsidR="00A5125F" w:rsidRPr="00A5125F" w:rsidRDefault="00A5125F" w:rsidP="00A53B1D">
       <w:pPr>
         <w:spacing w:after="33"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0018371C" w:rsidRPr="00E8747A" w:rsidRDefault="00A5125F" w:rsidP="00D012F3">
+    <w:p w14:paraId="2B57EB7E" w14:textId="77777777" w:rsidR="0018371C" w:rsidRPr="00E8747A" w:rsidRDefault="00A5125F" w:rsidP="00D012F3">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5125F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kwestię przeliczania wyników procentowych uzyskanych przez ucznia na egzaminie ósmoklasisty na punkty w procesie rekrutacji do szkoły ponadpodstawowej reguluje rozporządzenie Ministra Edukacji z dnia 3 kwietnia 2025 r. w sprawie przeprowadzania postępowania rekrutacyjnego oraz postępowania uzupełniającego do publicznych przedszkoli, szkół, placówek i centrów</w:t>
       </w:r>
       <w:r w:rsidR="00D012F3">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00205C89">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="002E26D3">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">Dz.U. </w:t>
-[...17 lines deleted...]
-          <w:t>. 464</w:t>
+          <w:t>Dz.U. poz. 464</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00205C89">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0018371C" w:rsidRPr="00E8747A" w:rsidSect="00E8747A">
+    <w:sectPr w:rsidR="0018371C" w:rsidRPr="00E8747A" w:rsidSect="004315A1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="1191" w:bottom="426" w:left="1191" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1191" w:bottom="426" w:left="993" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB4250"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6D800D6"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2727,77 +2607,79 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F076C0"/>
     <w:rsid w:val="00083CB5"/>
     <w:rsid w:val="000907E5"/>
     <w:rsid w:val="0015164E"/>
     <w:rsid w:val="0018371C"/>
     <w:rsid w:val="001D06FC"/>
     <w:rsid w:val="00205C89"/>
     <w:rsid w:val="0025317C"/>
     <w:rsid w:val="002E26D3"/>
     <w:rsid w:val="003459C9"/>
     <w:rsid w:val="003509DB"/>
+    <w:rsid w:val="004315A1"/>
     <w:rsid w:val="0054554F"/>
     <w:rsid w:val="0060201E"/>
     <w:rsid w:val="006463D1"/>
     <w:rsid w:val="006877E8"/>
     <w:rsid w:val="00731DB7"/>
     <w:rsid w:val="007A30D6"/>
     <w:rsid w:val="007B14DC"/>
     <w:rsid w:val="007C1B14"/>
     <w:rsid w:val="007D4E76"/>
     <w:rsid w:val="00841647"/>
     <w:rsid w:val="008A077C"/>
     <w:rsid w:val="00931858"/>
     <w:rsid w:val="009916B5"/>
     <w:rsid w:val="00A02619"/>
     <w:rsid w:val="00A5125F"/>
     <w:rsid w:val="00A53B1D"/>
     <w:rsid w:val="00AE535C"/>
     <w:rsid w:val="00AF32BE"/>
     <w:rsid w:val="00B43983"/>
     <w:rsid w:val="00B46559"/>
     <w:rsid w:val="00B71860"/>
     <w:rsid w:val="00D012F3"/>
     <w:rsid w:val="00D460CF"/>
     <w:rsid w:val="00D92396"/>
     <w:rsid w:val="00DC0E26"/>
@@ -2810,72 +2692,73 @@
     <w:rsid w:val="00FE5864"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6F391E9F"/>
   <w15:docId w15:val="{EB923159-3677-4450-A2AA-7DFBA68F230E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2937,98 +2820,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3203,50 +3082,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="2" w:line="254" w:lineRule="auto"/>
       <w:ind w:left="365" w:hanging="365"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3469,51 +3353,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="0092633D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002E26D3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isap.sejm.gov.pl/isap.nsf/download.xsp/WDU20250000464/O/D20250464.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -3755,73 +3639,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B7EEC96-7C21-467E-BDDB-F8278D62A34C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>471</Words>
-  <Characters>2827</Characters>
+  <Characters>2830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - Komunikat_zwolnienie_EO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3292</CharactersWithSpaces>
+  <CharactersWithSpaces>3295</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - Komunikat_zwolnienie_EO</dc:title>
   <dc:subject/>
   <dc:creator>cstefanczyk</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>